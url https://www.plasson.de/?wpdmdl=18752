--- v0 (2025-10-27)
+++ v1 (2026-02-18)
@@ -4,79 +4,79 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Preislisten\Preislisten-2026-ab 01.01.2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1F7015B0-83F3-4E2B-BBAB-451DA43AF9BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{79937044-0A58-41B6-94E1-9983B573527F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{86E99607-9C91-46C2-B1EA-B33B458BD952}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="759" uniqueCount="401">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="758" uniqueCount="401">
   <si>
     <t>WK</t>
   </si>
   <si>
     <t>2900900</t>
   </si>
   <si>
     <t>Tagemiete PLASSON SmartFuse 355</t>
   </si>
   <si>
     <t>Elektroschweißgerät (2906053)</t>
   </si>
   <si>
     <t>Gruppe G        (Schweißgeräte)</t>
   </si>
   <si>
     <t>2900901</t>
   </si>
   <si>
     <t>Tagemiete LightFit Anbohr- und Spannwerk</t>
   </si>
   <si>
     <t>zur Montage v. LightFit Anschlusssätteln</t>
   </si>
   <si>
@@ -610,71 +610,59 @@
   <si>
     <t>29101710726</t>
   </si>
   <si>
     <t>Messingbuchse für RTC 710 (Ersatzteil)</t>
   </si>
   <si>
     <t>291019001000</t>
   </si>
   <si>
     <t>Verlängerungskette für 29100250450</t>
   </si>
   <si>
     <t>für 900 - 1000 mm</t>
   </si>
   <si>
     <t>29110044</t>
   </si>
   <si>
     <t>Hand-Rohrschälgerät mit vier Klingen,</t>
   </si>
   <si>
     <t>Breite 44 mm, für PE 80 Rohre</t>
   </si>
   <si>
-    <t>29110064</t>
-[...4 lines deleted...]
-  <si>
     <t>29111044</t>
   </si>
   <si>
     <t>Ersatzklingenblock für Hand-Rohrschäl-</t>
   </si>
   <si>
     <t>gerät (Breite 44 mm), je zwei Messer</t>
   </si>
   <si>
-    <t>29111064</t>
-[...4 lines deleted...]
-  <si>
     <t>KF, SF, WK</t>
   </si>
   <si>
     <t>29190020063</t>
   </si>
   <si>
     <t>Anschrägglocke für PE-Rohre d 20 - d 63</t>
   </si>
   <si>
     <t>29190040</t>
   </si>
   <si>
     <t>PE-Rohrschere für PE-Rohre bis d 40</t>
   </si>
   <si>
     <t>29190063</t>
   </si>
   <si>
     <t>PE-Rohrschere für PE-Rohre bis d 63</t>
   </si>
   <si>
     <t>29190163</t>
   </si>
   <si>
     <t>Einhandbedienung</t>
@@ -1235,79 +1223,97 @@
     <t>Artikel-Nr.</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>Bezeichnung 2</t>
   </si>
   <si>
     <t>Verkaufspreis</t>
   </si>
   <si>
     <t>Rabattgruppe</t>
   </si>
   <si>
     <t>VPE klein</t>
   </si>
   <si>
     <t>VPE groß</t>
   </si>
   <si>
     <t>Gewicht</t>
   </si>
   <si>
     <t>Gültig ab 01.01.2026</t>
+  </si>
+  <si>
+    <t>291001015</t>
+  </si>
+  <si>
+    <t>Manueller Sattelschäler</t>
+  </si>
+  <si>
+    <t>ab d 110 mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ersatzmesser zu manuellen Sattelschäler </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -1679,99 +1685,99 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9D24CD4A-EDDE-4AA4-B8FE-4C298DB32DCA}">
   <dimension ref="A1:J159"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A129" workbookViewId="0">
-      <selection activeCell="E171" sqref="E171"/>
+    <sheetView tabSelected="1" topLeftCell="A51" workbookViewId="0">
+      <selection activeCell="B80" sqref="B80:J80"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="46.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="44.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="B1" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="C1" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="D1" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="E1" s="6" t="s">
         <v>391</v>
       </c>
-      <c r="B1" s="5" t="s">
+      <c r="F1" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="C1" s="5" t="s">
+      <c r="G1" s="7" t="s">
         <v>393</v>
       </c>
-      <c r="D1" s="5" t="s">
+      <c r="H1" s="7" t="s">
         <v>394</v>
       </c>
-      <c r="E1" s="6" t="s">
+      <c r="I1" s="8" t="s">
         <v>395</v>
       </c>
-      <c r="F1" s="5" t="s">
+      <c r="J1" s="9" t="s">
         <v>396</v>
-      </c>
-[...10 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A2" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="10" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="10" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="10" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="11">
         <v>24.1</v>
       </c>
       <c r="F2" s="10" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="12">
         <v>1</v>
       </c>
       <c r="H2" s="12"/>
@@ -4072,2634 +4078,2633 @@
       </c>
       <c r="F77" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G77" s="12">
         <v>1</v>
       </c>
       <c r="H77" s="12">
         <v>1</v>
       </c>
       <c r="I77" s="13">
         <v>9.2999999999999999E-2</v>
       </c>
       <c r="J77" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="78" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A78" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B78" s="10" t="s">
         <v>192</v>
       </c>
       <c r="C78" s="10" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D78" s="10" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E78" s="11">
-        <v>33.700000000000003</v>
+        <v>17.399999999999999</v>
       </c>
       <c r="F78" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G78" s="12">
         <v>1</v>
       </c>
       <c r="H78" s="12">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I78" s="13">
-        <v>0.14199999999999999</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="J78" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="79" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A79" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B79" s="10" t="s">
-        <v>194</v>
+        <v>397</v>
       </c>
       <c r="C79" s="10" t="s">
-        <v>195</v>
+        <v>398</v>
       </c>
       <c r="D79" s="10" t="s">
-        <v>196</v>
+        <v>399</v>
       </c>
       <c r="E79" s="11">
-        <v>17.399999999999999</v>
+        <v>582.4</v>
       </c>
       <c r="F79" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G79" s="12">
         <v>1</v>
       </c>
       <c r="H79" s="12">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I79" s="13">
-        <v>3.3000000000000002E-2</v>
+        <v>1.5</v>
       </c>
       <c r="J79" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="80" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A80" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B80" s="10" t="s">
-        <v>197</v>
+        <v>174</v>
       </c>
       <c r="C80" s="10" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="D80" s="10"/>
       <c r="E80" s="11">
-        <v>23.05</v>
+        <v>85.7</v>
       </c>
       <c r="F80" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G80" s="12">
         <v>1</v>
       </c>
       <c r="H80" s="12">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I80" s="13">
-        <v>6.8000000000000005E-2</v>
+        <v>0.01</v>
       </c>
       <c r="J80" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="81" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A81" s="10" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B81" s="10" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C81" s="10" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D81" s="10"/>
       <c r="E81" s="11">
         <v>72.55</v>
       </c>
       <c r="F81" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G81" s="12">
         <v>64</v>
       </c>
       <c r="H81" s="12">
         <v>64</v>
       </c>
       <c r="I81" s="13">
         <v>0.20200000000000001</v>
       </c>
       <c r="J81" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="82" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A82" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="B82" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="C82" s="10" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
       <c r="D82" s="10"/>
       <c r="E82" s="11">
         <v>89.45</v>
       </c>
       <c r="F82" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G82" s="12">
         <v>1</v>
       </c>
       <c r="H82" s="12">
         <v>1</v>
       </c>
       <c r="I82" s="13">
         <v>0.38100000000000001</v>
       </c>
       <c r="J82" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="83" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A83" s="10" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B83" s="10" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C83" s="10" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D83" s="10"/>
       <c r="E83" s="11">
         <v>247.5</v>
       </c>
       <c r="F83" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G83" s="12">
         <v>1</v>
       </c>
       <c r="H83" s="12">
         <v>1</v>
       </c>
       <c r="I83" s="13">
         <v>1.179</v>
       </c>
       <c r="J83" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="84" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A84" s="10" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B84" s="10" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C84" s="10" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D84" s="10" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E84" s="11">
         <v>270</v>
       </c>
       <c r="F84" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G84" s="12">
         <v>1</v>
       </c>
       <c r="H84" s="12">
         <v>1</v>
       </c>
       <c r="I84" s="13">
         <v>0.74299999999999999</v>
       </c>
       <c r="J84" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="85" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A85" s="10" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B85" s="10" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C85" s="10" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D85" s="10"/>
       <c r="E85" s="11">
         <v>16.350000000000001</v>
       </c>
       <c r="F85" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G85" s="12">
         <v>10</v>
       </c>
       <c r="H85" s="12">
         <v>16000</v>
       </c>
       <c r="I85" s="13">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="J85" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="86" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A86" s="10" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B86" s="10" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C86" s="10" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D86" s="10" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="E86" s="11">
         <v>46.55</v>
       </c>
       <c r="F86" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G86" s="12">
         <v>1</v>
       </c>
       <c r="H86" s="12">
         <v>1</v>
       </c>
       <c r="I86" s="13">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="J86" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="87" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A87" s="10" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B87" s="10" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C87" s="10" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D87" s="10" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="E87" s="11">
         <v>113.6</v>
       </c>
       <c r="F87" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G87" s="12">
         <v>1</v>
       </c>
       <c r="H87" s="12">
         <v>1</v>
       </c>
       <c r="I87" s="13">
         <v>0.17699999999999999</v>
       </c>
       <c r="J87" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="88" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A88" s="10" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B88" s="10" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C88" s="10" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D88" s="10" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="E88" s="11">
         <v>108.5</v>
       </c>
       <c r="F88" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G88" s="12">
         <v>1</v>
       </c>
       <c r="H88" s="12">
         <v>1</v>
       </c>
       <c r="I88" s="13">
         <v>0.127</v>
       </c>
       <c r="J88" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="89" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A89" s="10" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B89" s="10" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C89" s="10" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D89" s="10"/>
       <c r="E89" s="11">
         <v>50.75</v>
       </c>
       <c r="F89" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G89" s="12">
         <v>64</v>
       </c>
       <c r="H89" s="12"/>
       <c r="I89" s="13">
         <v>0.08</v>
       </c>
       <c r="J89" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="90" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A90" s="10" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B90" s="10" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C90" s="10" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D90" s="10" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="E90" s="11">
         <v>2.4500000000000002</v>
       </c>
       <c r="F90" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G90" s="12">
         <v>200</v>
       </c>
       <c r="H90" s="12">
         <v>200</v>
       </c>
       <c r="I90" s="13">
         <v>2.3E-2</v>
       </c>
       <c r="J90" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="91" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A91" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B91" s="10" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="C91" s="10" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D91" s="10" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="E91" s="11">
         <v>1138.05</v>
       </c>
       <c r="F91" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G91" s="12">
         <v>1</v>
       </c>
       <c r="H91" s="12">
         <v>1</v>
       </c>
       <c r="I91" s="13">
         <v>1.66</v>
       </c>
       <c r="J91" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="92" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A92" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B92" s="10" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C92" s="10" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D92" s="10" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E92" s="11">
         <v>734.3</v>
       </c>
       <c r="F92" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G92" s="12">
         <v>1</v>
       </c>
       <c r="H92" s="12">
         <v>1</v>
       </c>
       <c r="I92" s="13">
         <v>1.66</v>
       </c>
       <c r="J92" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="93" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A93" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B93" s="10" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="C93" s="10" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D93" s="10"/>
       <c r="E93" s="11">
         <v>1396.15</v>
       </c>
       <c r="F93" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G93" s="12">
         <v>1</v>
       </c>
       <c r="H93" s="12">
         <v>1</v>
       </c>
       <c r="I93" s="13">
         <v>19.7</v>
       </c>
       <c r="J93" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="94" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A94" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B94" s="10" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C94" s="10" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="D94" s="10" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="E94" s="11">
         <v>764.1</v>
       </c>
       <c r="F94" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G94" s="12">
         <v>1</v>
       </c>
       <c r="H94" s="12">
         <v>1</v>
       </c>
       <c r="I94" s="13">
         <v>4.3</v>
       </c>
       <c r="J94" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="95" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A95" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B95" s="10" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="C95" s="10" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D95" s="10" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="E95" s="11">
         <v>1207.7</v>
       </c>
       <c r="F95" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G95" s="12">
         <v>1</v>
       </c>
       <c r="H95" s="12">
         <v>1</v>
       </c>
       <c r="I95" s="13">
         <v>6.6</v>
       </c>
       <c r="J95" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="96" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A96" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B96" s="10" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="C96" s="10" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D96" s="10" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E96" s="11">
         <v>50.3</v>
       </c>
       <c r="F96" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G96" s="12">
         <v>1</v>
       </c>
       <c r="H96" s="12">
         <v>1</v>
       </c>
       <c r="I96" s="13">
         <v>0</v>
       </c>
       <c r="J96" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="97" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A97" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B97" s="10" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="C97" s="10" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D97" s="10" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E97" s="11">
         <v>50.35</v>
       </c>
       <c r="F97" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G97" s="12">
         <v>1</v>
       </c>
       <c r="H97" s="12">
         <v>1</v>
       </c>
       <c r="I97" s="13">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="J97" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="98" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A98" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B98" s="10" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C98" s="10" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D98" s="10" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E98" s="11">
         <v>63.3</v>
       </c>
       <c r="F98" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G98" s="12">
         <v>1</v>
       </c>
       <c r="H98" s="12">
         <v>1</v>
       </c>
       <c r="I98" s="13">
         <v>2.1000000000000001E-2</v>
       </c>
       <c r="J98" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="99" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A99" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B99" s="10" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C99" s="10" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D99" s="10" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E99" s="11">
         <v>73.5</v>
       </c>
       <c r="F99" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G99" s="12">
         <v>1</v>
       </c>
       <c r="H99" s="12">
         <v>1</v>
       </c>
       <c r="I99" s="13">
         <v>3.4000000000000002E-2</v>
       </c>
       <c r="J99" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="100" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A100" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B100" s="10" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C100" s="10" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D100" s="10" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E100" s="11">
         <v>82.05</v>
       </c>
       <c r="F100" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G100" s="12">
         <v>1</v>
       </c>
       <c r="H100" s="12">
         <v>1</v>
       </c>
       <c r="I100" s="13">
         <v>4.5999999999999999E-2</v>
       </c>
       <c r="J100" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="101" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A101" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B101" s="10" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C101" s="10" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D101" s="10" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E101" s="11">
         <v>102.2</v>
       </c>
       <c r="F101" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G101" s="12">
         <v>1</v>
       </c>
       <c r="H101" s="12">
         <v>1</v>
       </c>
       <c r="I101" s="13">
         <v>8.3000000000000004E-2</v>
       </c>
       <c r="J101" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="102" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A102" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B102" s="10" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C102" s="10" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D102" s="10" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E102" s="11">
         <v>131.75</v>
       </c>
       <c r="F102" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G102" s="12">
         <v>1</v>
       </c>
       <c r="H102" s="12">
         <v>1</v>
       </c>
       <c r="I102" s="13">
         <v>0.11</v>
       </c>
       <c r="J102" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="103" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A103" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B103" s="10" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C103" s="10" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D103" s="10" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="E103" s="11">
         <v>1334.8</v>
       </c>
       <c r="F103" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G103" s="12">
         <v>1</v>
       </c>
       <c r="H103" s="12">
         <v>1</v>
       </c>
       <c r="I103" s="13">
         <v>9.4</v>
       </c>
       <c r="J103" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="104" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A104" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B104" s="10" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C104" s="10" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D104" s="10" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="E104" s="11">
         <v>1343.6</v>
       </c>
       <c r="F104" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G104" s="12">
         <v>1</v>
       </c>
       <c r="H104" s="12">
         <v>1</v>
       </c>
       <c r="I104" s="13">
         <v>35</v>
       </c>
       <c r="J104" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="105" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A105" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B105" s="10" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="C105" s="10" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D105" s="10" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="E105" s="11">
         <v>1367.65</v>
       </c>
       <c r="F105" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G105" s="12">
         <v>1</v>
       </c>
       <c r="H105" s="12">
         <v>1</v>
       </c>
       <c r="I105" s="13">
         <v>43</v>
       </c>
       <c r="J105" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="106" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A106" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B106" s="10" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C106" s="10" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D106" s="10" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="E106" s="11">
         <v>1328.2</v>
       </c>
       <c r="F106" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G106" s="12">
         <v>1</v>
       </c>
       <c r="H106" s="12">
         <v>1</v>
       </c>
       <c r="I106" s="13">
         <v>9</v>
       </c>
       <c r="J106" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="107" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A107" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B107" s="10" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C107" s="10" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D107" s="10" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="E107" s="11">
         <v>458.15</v>
       </c>
       <c r="F107" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G107" s="12">
         <v>1</v>
       </c>
       <c r="H107" s="12">
         <v>1</v>
       </c>
       <c r="I107" s="13">
         <v>7</v>
       </c>
       <c r="J107" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="108" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A108" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B108" s="10" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="C108" s="10" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D108" s="10" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="E108" s="11">
         <v>85.7</v>
       </c>
       <c r="F108" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G108" s="12">
         <v>1</v>
       </c>
       <c r="H108" s="12">
         <v>1</v>
       </c>
       <c r="I108" s="13">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="J108" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="109" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A109" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B109" s="10" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C109" s="10" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D109" s="10" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="E109" s="11">
         <v>96.55</v>
       </c>
       <c r="F109" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G109" s="12">
         <v>1</v>
       </c>
       <c r="H109" s="12">
         <v>1</v>
       </c>
       <c r="I109" s="13">
         <v>2E-3</v>
       </c>
       <c r="J109" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="110" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A110" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B110" s="10" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C110" s="10" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D110" s="10" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="E110" s="11">
         <v>1336</v>
       </c>
       <c r="F110" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G110" s="12">
         <v>1</v>
       </c>
       <c r="H110" s="12">
         <v>1</v>
       </c>
       <c r="I110" s="13">
         <v>4.8</v>
       </c>
       <c r="J110" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="111" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A111" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B111" s="10" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C111" s="10" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D111" s="10" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="E111" s="11">
         <v>1327.9</v>
       </c>
       <c r="F111" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G111" s="12">
         <v>1</v>
       </c>
       <c r="H111" s="12">
         <v>1</v>
       </c>
       <c r="I111" s="13">
         <v>2.6</v>
       </c>
       <c r="J111" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="112" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A112" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B112" s="10" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C112" s="10" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D112" s="10" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="E112" s="11">
         <v>875.65</v>
       </c>
       <c r="F112" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G112" s="12">
         <v>1</v>
       </c>
       <c r="H112" s="12">
         <v>1</v>
       </c>
       <c r="I112" s="13">
         <v>2.4</v>
       </c>
       <c r="J112" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="113" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A113" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B113" s="10" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="C113" s="10" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="D113" s="10" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="E113" s="11">
         <v>1399.45</v>
       </c>
       <c r="F113" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G113" s="12">
         <v>1</v>
       </c>
       <c r="H113" s="12">
         <v>1</v>
       </c>
       <c r="I113" s="13">
         <v>2.5</v>
       </c>
       <c r="J113" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="114" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A114" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B114" s="10" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C114" s="10" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="D114" s="10" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="E114" s="11">
         <v>146.9</v>
       </c>
       <c r="F114" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G114" s="12">
         <v>1</v>
       </c>
       <c r="H114" s="12">
         <v>1</v>
       </c>
       <c r="I114" s="13">
         <v>0.79900000000000004</v>
       </c>
       <c r="J114" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="115" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A115" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B115" s="10" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="C115" s="10" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="D115" s="10" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="E115" s="11">
         <v>224.4</v>
       </c>
       <c r="F115" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G115" s="12">
         <v>1</v>
       </c>
       <c r="H115" s="12">
         <v>1</v>
       </c>
       <c r="I115" s="13">
         <v>1.5</v>
       </c>
       <c r="J115" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="116" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A116" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B116" s="10" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C116" s="10" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="D116" s="10" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="E116" s="11">
         <v>300</v>
       </c>
       <c r="F116" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G116" s="12">
         <v>1</v>
       </c>
       <c r="H116" s="12">
         <v>1</v>
       </c>
       <c r="I116" s="13">
         <v>1.65</v>
       </c>
       <c r="J116" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="117" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A117" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B117" s="10" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="C117" s="10" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D117" s="10" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="E117" s="11">
         <v>59.55</v>
       </c>
       <c r="F117" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G117" s="12">
         <v>1</v>
       </c>
       <c r="H117" s="12">
         <v>1</v>
       </c>
       <c r="I117" s="13">
         <v>3.1E-2</v>
       </c>
       <c r="J117" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="118" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A118" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B118" s="10" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C118" s="10" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D118" s="10" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="E118" s="11">
         <v>170.1</v>
       </c>
       <c r="F118" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G118" s="12">
         <v>1</v>
       </c>
       <c r="H118" s="12">
         <v>1</v>
       </c>
       <c r="I118" s="13">
         <v>4.2999999999999997E-2</v>
       </c>
       <c r="J118" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="119" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A119" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B119" s="10" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="C119" s="10" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D119" s="10" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="E119" s="11">
         <v>39.299999999999997</v>
       </c>
       <c r="F119" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G119" s="12">
         <v>1</v>
       </c>
       <c r="H119" s="12">
         <v>1</v>
       </c>
       <c r="I119" s="13">
         <v>2.1999999999999999E-2</v>
       </c>
       <c r="J119" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="120" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A120" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B120" s="10" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="C120" s="10" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="D120" s="10"/>
       <c r="E120" s="11">
         <v>465.25</v>
       </c>
       <c r="F120" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G120" s="12">
         <v>1</v>
       </c>
       <c r="H120" s="12">
         <v>1</v>
       </c>
       <c r="I120" s="13">
         <v>1.4</v>
       </c>
       <c r="J120" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="121" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A121" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B121" s="10" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C121" s="10" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D121" s="10" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="E121" s="11">
         <v>2519.4</v>
       </c>
       <c r="F121" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G121" s="12">
         <v>1</v>
       </c>
       <c r="H121" s="12">
         <v>1</v>
       </c>
       <c r="I121" s="13">
         <v>15.1</v>
       </c>
       <c r="J121" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="122" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A122" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B122" s="10" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C122" s="10" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D122" s="10" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="E122" s="11">
         <v>884.1</v>
       </c>
       <c r="F122" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G122" s="12">
         <v>1</v>
       </c>
       <c r="H122" s="12">
         <v>1</v>
       </c>
       <c r="I122" s="13">
         <v>3.5</v>
       </c>
       <c r="J122" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="123" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A123" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B123" s="10" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C123" s="10" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="D123" s="10" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="E123" s="11">
         <v>3895.8</v>
       </c>
       <c r="F123" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G123" s="12">
         <v>1</v>
       </c>
       <c r="H123" s="12">
         <v>1</v>
       </c>
       <c r="I123" s="13">
         <v>47</v>
       </c>
       <c r="J123" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A124" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B124" s="10" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="C124" s="10" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D124" s="10" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="E124" s="11">
         <v>1078.3499999999999</v>
       </c>
       <c r="F124" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G124" s="12">
         <v>1</v>
       </c>
       <c r="H124" s="12">
         <v>1</v>
       </c>
       <c r="I124" s="13">
         <v>3.4</v>
       </c>
       <c r="J124" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="125" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A125" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B125" s="10" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C125" s="10" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="D125" s="10" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="E125" s="11">
         <v>1179.1500000000001</v>
       </c>
       <c r="F125" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G125" s="12">
         <v>1</v>
       </c>
       <c r="H125" s="12">
         <v>1</v>
       </c>
       <c r="I125" s="13">
         <v>19.739999999999998</v>
       </c>
       <c r="J125" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="126" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A126" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B126" s="10" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C126" s="10" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D126" s="10" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="E126" s="11">
         <v>1585.75</v>
       </c>
       <c r="F126" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G126" s="12">
         <v>1</v>
       </c>
       <c r="H126" s="12">
         <v>1</v>
       </c>
       <c r="I126" s="13">
         <v>31.82</v>
       </c>
       <c r="J126" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="127" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A127" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B127" s="10" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C127" s="10" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D127" s="10" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="E127" s="11">
         <v>2049.25</v>
       </c>
       <c r="F127" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G127" s="12">
         <v>1</v>
       </c>
       <c r="H127" s="12">
         <v>1</v>
       </c>
       <c r="I127" s="13">
         <v>35.200000000000003</v>
       </c>
       <c r="J127" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="128" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A128" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B128" s="10" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="C128" s="10" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="D128" s="10" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="E128" s="11">
         <v>546.85</v>
       </c>
       <c r="F128" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G128" s="12">
         <v>1</v>
       </c>
       <c r="H128" s="12">
         <v>1</v>
       </c>
       <c r="I128" s="13">
         <v>2.66</v>
       </c>
       <c r="J128" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="129" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A129" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B129" s="10" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C129" s="10" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="D129" s="10" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="E129" s="11">
         <v>214.4</v>
       </c>
       <c r="F129" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G129" s="12">
         <v>1</v>
       </c>
       <c r="H129" s="12">
         <v>1</v>
       </c>
       <c r="I129" s="13">
         <v>1.06</v>
       </c>
       <c r="J129" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="130" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A130" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B130" s="10" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="C130" s="10" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="D130" s="10" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="E130" s="11">
         <v>242.85</v>
       </c>
       <c r="F130" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G130" s="12">
         <v>1</v>
       </c>
       <c r="H130" s="12">
         <v>1</v>
       </c>
       <c r="I130" s="13">
         <v>1.26</v>
       </c>
       <c r="J130" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="131" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A131" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B131" s="10" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C131" s="10" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D131" s="10" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="E131" s="11">
         <v>613.35</v>
       </c>
       <c r="F131" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G131" s="12">
         <v>1</v>
       </c>
       <c r="H131" s="12">
         <v>1</v>
       </c>
       <c r="I131" s="13">
         <v>3</v>
       </c>
       <c r="J131" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="132" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A132" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B132" s="10" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C132" s="10" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D132" s="10"/>
       <c r="E132" s="11">
         <v>195.1</v>
       </c>
       <c r="F132" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G132" s="12">
         <v>1</v>
       </c>
       <c r="H132" s="12">
         <v>1</v>
       </c>
       <c r="I132" s="13">
         <v>1.9</v>
       </c>
       <c r="J132" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="133" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A133" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B133" s="10" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C133" s="10" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="D133" s="10"/>
       <c r="E133" s="11">
         <v>195.1</v>
       </c>
       <c r="F133" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G133" s="12">
         <v>1</v>
       </c>
       <c r="H133" s="12">
         <v>1</v>
       </c>
       <c r="I133" s="13">
         <v>2</v>
       </c>
       <c r="J133" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="134" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A134" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B134" s="10" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C134" s="10" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="D134" s="10"/>
       <c r="E134" s="11">
         <v>238.55</v>
       </c>
       <c r="F134" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G134" s="12">
         <v>1</v>
       </c>
       <c r="H134" s="12">
         <v>1</v>
       </c>
       <c r="I134" s="13">
         <v>3</v>
       </c>
       <c r="J134" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="135" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A135" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B135" s="10" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C135" s="10" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D135" s="10" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="E135" s="11">
         <v>676.7</v>
       </c>
       <c r="F135" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G135" s="12">
         <v>1</v>
       </c>
       <c r="H135" s="12">
         <v>1</v>
       </c>
       <c r="I135" s="13">
         <v>4.25</v>
       </c>
       <c r="J135" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="136" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A136" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B136" s="10" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C136" s="10" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D136" s="10"/>
       <c r="E136" s="11">
         <v>238.55</v>
       </c>
       <c r="F136" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G136" s="12">
         <v>1</v>
       </c>
       <c r="H136" s="12">
         <v>1</v>
       </c>
       <c r="I136" s="13">
         <v>3.3</v>
       </c>
       <c r="J136" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="137" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A137" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B137" s="10" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C137" s="10" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="D137" s="10"/>
       <c r="E137" s="11">
         <v>464.25</v>
       </c>
       <c r="F137" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G137" s="12">
         <v>1</v>
       </c>
       <c r="H137" s="12">
         <v>1</v>
       </c>
       <c r="I137" s="13">
         <v>3.9</v>
       </c>
       <c r="J137" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="138" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A138" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B138" s="10" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="C138" s="10" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="D138" s="10"/>
       <c r="E138" s="11">
         <v>464.25</v>
       </c>
       <c r="F138" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G138" s="12">
         <v>1</v>
       </c>
       <c r="H138" s="12">
         <v>1</v>
       </c>
       <c r="I138" s="13">
         <v>4.3600000000000003</v>
       </c>
       <c r="J138" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="139" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A139" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B139" s="10" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="C139" s="10" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D139" s="10" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="E139" s="11">
         <v>1250</v>
       </c>
       <c r="F139" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G139" s="12">
         <v>1</v>
       </c>
       <c r="H139" s="12">
         <v>1</v>
       </c>
       <c r="I139" s="13">
         <v>9.4499999999999993</v>
       </c>
       <c r="J139" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="140" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A140" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B140" s="10" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C140" s="10" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D140" s="10"/>
       <c r="E140" s="11">
         <v>517.1</v>
       </c>
       <c r="F140" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G140" s="12">
         <v>1</v>
       </c>
       <c r="H140" s="12">
         <v>1</v>
       </c>
       <c r="I140" s="13">
         <v>4.7</v>
       </c>
       <c r="J140" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="141" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A141" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B141" s="10" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C141" s="10" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="D141" s="10"/>
       <c r="E141" s="11">
         <v>517.1</v>
       </c>
       <c r="F141" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G141" s="12">
         <v>1</v>
       </c>
       <c r="H141" s="12">
         <v>1</v>
       </c>
       <c r="I141" s="13">
         <v>5.3</v>
       </c>
       <c r="J141" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="142" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A142" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B142" s="10" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C142" s="10" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="D142" s="10"/>
       <c r="E142" s="11">
         <v>595.54999999999995</v>
       </c>
       <c r="F142" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G142" s="12">
         <v>1</v>
       </c>
       <c r="H142" s="12">
         <v>1</v>
       </c>
       <c r="I142" s="13">
         <v>9.6</v>
       </c>
       <c r="J142" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="143" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A143" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B143" s="10" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C143" s="10" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D143" s="10" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="E143" s="11">
         <v>1562.05</v>
       </c>
       <c r="F143" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G143" s="12">
         <v>1</v>
       </c>
       <c r="H143" s="12">
         <v>1</v>
       </c>
       <c r="I143" s="13">
         <v>17.3</v>
       </c>
       <c r="J143" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="144" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A144" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B144" s="10" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C144" s="10" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="D144" s="10" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="E144" s="11">
         <v>24.8</v>
       </c>
       <c r="F144" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G144" s="12">
         <v>8</v>
       </c>
       <c r="H144" s="12">
         <v>8</v>
       </c>
       <c r="I144" s="13">
         <v>0.88600000000000001</v>
       </c>
       <c r="J144" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="145" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A145" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B145" s="10" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C145" s="10" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D145" s="10" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="E145" s="11">
         <v>19.600000000000001</v>
       </c>
       <c r="F145" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G145" s="12">
         <v>8</v>
       </c>
       <c r="H145" s="12">
         <v>8</v>
       </c>
       <c r="I145" s="13">
         <v>0.32700000000000001</v>
       </c>
       <c r="J145" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="146" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A146" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B146" s="10" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="C146" s="10" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="D146" s="10" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="E146" s="11">
         <v>6.75</v>
       </c>
       <c r="F146" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G146" s="12">
         <v>10</v>
       </c>
       <c r="H146" s="12">
         <v>10</v>
       </c>
       <c r="I146" s="13">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="J146" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="147" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A147" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B147" s="10" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C147" s="10" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D147" s="10" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E147" s="11">
         <v>561.20000000000005</v>
       </c>
       <c r="F147" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G147" s="12">
         <v>1</v>
       </c>
       <c r="H147" s="12">
         <v>1</v>
       </c>
       <c r="I147" s="13">
         <v>4.3</v>
       </c>
       <c r="J147" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="148" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A148" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B148" s="10" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C148" s="10" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D148" s="10" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="E148" s="11">
         <v>599.79999999999995</v>
       </c>
       <c r="F148" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G148" s="12">
         <v>1</v>
       </c>
       <c r="H148" s="12">
         <v>1</v>
       </c>
       <c r="I148" s="13">
         <v>4.5</v>
       </c>
       <c r="J148" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="149" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A149" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B149" s="10" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C149" s="10" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D149" s="10" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="E149" s="11">
         <v>599.79999999999995</v>
       </c>
       <c r="F149" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G149" s="12">
         <v>1</v>
       </c>
       <c r="H149" s="12">
         <v>1</v>
       </c>
       <c r="I149" s="13">
         <v>5.8</v>
       </c>
       <c r="J149" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="150" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A150" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B150" s="10" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="C150" s="10" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D150" s="10" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="E150" s="11">
         <v>657.75</v>
       </c>
       <c r="F150" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G150" s="12">
         <v>1</v>
       </c>
       <c r="H150" s="12">
         <v>1</v>
       </c>
       <c r="I150" s="13">
         <v>6.8</v>
       </c>
       <c r="J150" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="151" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A151" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B151" s="10" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C151" s="10" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D151" s="10" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="E151" s="11">
         <v>664</v>
       </c>
       <c r="F151" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G151" s="12">
         <v>1</v>
       </c>
       <c r="H151" s="12">
         <v>1</v>
       </c>
       <c r="I151" s="13">
         <v>7.4</v>
       </c>
       <c r="J151" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="152" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A152" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B152" s="10" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="C152" s="10" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D152" s="10" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="E152" s="11">
         <v>787.95</v>
       </c>
       <c r="F152" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G152" s="12">
         <v>1</v>
       </c>
       <c r="H152" s="12">
         <v>1</v>
       </c>
       <c r="I152" s="13">
         <v>8.1999999999999993</v>
       </c>
       <c r="J152" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="153" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A153" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B153" s="10" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C153" s="10" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D153" s="10" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="E153" s="11">
         <v>893.15</v>
       </c>
       <c r="F153" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G153" s="12">
         <v>1</v>
       </c>
       <c r="H153" s="12">
         <v>1</v>
       </c>
       <c r="I153" s="13">
         <v>8.9</v>
       </c>
       <c r="J153" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="154" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A154" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B154" s="10" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C154" s="10" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D154" s="10" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="E154" s="11">
         <v>1053.9000000000001</v>
       </c>
       <c r="F154" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G154" s="12">
         <v>1</v>
       </c>
       <c r="H154" s="12">
         <v>1</v>
       </c>
       <c r="I154" s="13">
         <v>10.199999999999999</v>
       </c>
       <c r="J154" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="155" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A155" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B155" s="10" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="C155" s="10" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D155" s="10" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="E155" s="11">
         <v>1476.5</v>
       </c>
       <c r="F155" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G155" s="12">
         <v>1</v>
       </c>
       <c r="H155" s="12">
         <v>1</v>
       </c>
       <c r="I155" s="13">
         <v>11</v>
       </c>
       <c r="J155" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="156" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A156" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B156" s="10" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="C156" s="10" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D156" s="10" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="E156" s="11">
         <v>1476.5</v>
       </c>
       <c r="F156" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G156" s="12">
         <v>1</v>
       </c>
       <c r="H156" s="12">
         <v>1</v>
       </c>
       <c r="I156" s="13">
         <v>13</v>
       </c>
       <c r="J156" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="157" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A157" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B157" s="10" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="C157" s="10" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="D157" s="10" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="E157" s="11">
         <v>772.15</v>
       </c>
       <c r="F157" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G157" s="12">
         <v>1</v>
       </c>
       <c r="H157" s="12">
         <v>1</v>
       </c>
       <c r="I157" s="13">
         <v>27</v>
       </c>
       <c r="J157" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="158" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A158" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B158" s="10" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="C158" s="10" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="D158" s="10" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="E158" s="11">
         <v>949.15</v>
       </c>
       <c r="F158" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G158" s="12">
         <v>1</v>
       </c>
       <c r="H158" s="12">
         <v>1</v>
       </c>
       <c r="I158" s="13">
         <v>41</v>
       </c>
       <c r="J158" s="14">
         <v>46023</v>
       </c>
     </row>
     <row r="159" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A159" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B159" s="10" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="C159" s="10" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="D159" s="10" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="E159" s="11">
         <v>1327.6</v>
       </c>
       <c r="F159" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G159" s="12">
         <v>1</v>
       </c>
       <c r="H159" s="12">
         <v>1</v>
       </c>
       <c r="I159" s="13">
         <v>60</v>
       </c>
       <c r="J159" s="14">
         <v>46023</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="3XNBx4jUVO5QgjbUTAbiK5Jda/LNgcGyHg4rVZq31TbqqC4KPMIp0qUVbd1RGr4e94dqt2rMaut4qfOEwc8svA==" saltValue="2pxLeXA+tDlngHqiu1jnNg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="GU9aUJrUhf5SKT4CPubUeYl7MctDEc39a6eKLfBx3XQj399uFkmYxmqZaEtwoN//1Z9yyydUHJljOmVmvmoPiw==" saltValue="VnGdhn+DKNbDhybHfA0MLg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tabelle1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>